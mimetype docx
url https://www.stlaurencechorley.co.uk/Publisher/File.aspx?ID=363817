--- v0 (2025-10-20)
+++ v1 (2026-03-21)
@@ -1,17523 +1,14235 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="402E27B8" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="1DCE0BDE" w14:textId="7DB5DBD8" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="03B4ECA2" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>  </w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0088036C" w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45B6A6AB" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="04A9F388" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>  </w:t>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B24CC62" w14:textId="36D85145" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="06F05E82" w14:textId="6C9279A4" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-225"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D51A4DA" wp14:editId="1B5C1683">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F0494D1" wp14:editId="48332154">
             <wp:extent cx="1631950" cy="1651000"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="543203589" name="Picture 1" descr="A logo with flames in a blue circle&#10;&#10;Description automatically generated"/>
+            <wp:docPr id="318158714" name="Picture 1" descr="A logo with flames in a blue circle&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="A logo with flames in a blue circle&#10;&#10;Description automatically generated"/>
+                    <pic:cNvPr id="318158714" name="Picture 1" descr="A logo with flames in a blue circle&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1631950" cy="1651000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>  </w:t>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DC19269" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="4E665A3F" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-225"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Chorley Parish Church of St Laurence in the Church of England Diocese of Blackburn</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="261A9293" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="47A1057E" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="075C8E1D" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>  </w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16A12B4F" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="04C4B220" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Hire of Church or Church Rooms Booking Form and Contract</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="0070C0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4007273A" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="08F222F6" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>This must be read in conjunction with the</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D78B861" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="4C33E6B9" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Safeguarding policy</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B46590C" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="7E271940" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Health and Safety policy</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D00A87B" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64D30C48" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="5D4C56D1" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F8B07B7" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="54AB6B7D" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...33 lines deleted...]
-          <w:szCs w:val="36"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Confirmation of your booking will be sent via email following receipt of deposit.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63B3BDFC" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="4F4772E6" w14:textId="750884A0" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...48 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="16B50E37">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Please return this completed form</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="16B50E37">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> to: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="005C2A93">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00833174" w:rsidRPr="16B50E37">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
             <w:i/>
             <w:iCs/>
-            <w:color w:val="0000FF"/>
             <w:kern w:val="0"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
-            <w:u w:val="single"/>
             <w:lang w:eastAsia="en-GB"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>bookings@stlaurencechorley.co.uk</w:t>
+          <w:t>o</w:t>
+        </w:r>
+        <w:r w:rsidR="4BAA6CE2" w:rsidRPr="16B50E37">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+            <w:i/>
+            <w:iCs/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+            <w:lang w:eastAsia="en-GB"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>ffice</w:t>
+        </w:r>
+        <w:r w:rsidR="00833174" w:rsidRPr="16B50E37">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+            <w:i/>
+            <w:iCs/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+            <w:lang w:eastAsia="en-GB"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>@stlaurencechorley.co.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="16B50E37">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02C4B878" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="030FCF41" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="108EA118" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FE58DE3" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="4AC6DD34" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A20E94F" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34812EF1" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="6BA3583C" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="747CDC25" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AF2AD3D" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="75167C70" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AB0BE68" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AECE743" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="6985A75F" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...154 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="dxa"/>
+        <w:tblW w:w="9011" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4590"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2610"/>
+        <w:gridCol w:w="4578"/>
+        <w:gridCol w:w="1774"/>
+        <w:gridCol w:w="68"/>
+        <w:gridCol w:w="2591"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="16034498" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="0BF0303D" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0931B6B5" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="4772D0A3" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Name of organisation:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="533AE8D6" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="1ABAD0FD" w14:textId="0433F046" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="602F8896" w:rsidP="4857986F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
-[...4 lines deleted...]
-                <w:kern w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="27B38432">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
-                <w14:ligatures w14:val="none"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="3103C38A" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="3F405E3D" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
-          <w:trHeight w:val="450"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="166B2F72" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="18773BBA" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Date(s) of event:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2907F30B" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="313AFE73" w14:textId="4127A0DE" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="4857986F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            </w:pPr>
+            <w:r w:rsidRPr="4857986F">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="5B87990B" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="23791E9B" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7871571A" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="236C298C" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Time of event (not including set up/clear up):</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="1774" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F2775B6" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="07829C1B" w14:textId="7F37E4A7" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="4857986F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>From:</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r w:rsidRPr="4857986F">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              <w:t>From: </w:t>
+            </w:r>
+            <w:r w:rsidR="56039BC0" w:rsidRPr="4857986F">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2659" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17DB84F0" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="38AB6CC9" w14:textId="77CB7699" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="4857986F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>To:</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r w:rsidRPr="4857986F">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              <w:t>To: </w:t>
+            </w:r>
+            <w:r w:rsidR="755233D2" w:rsidRPr="4857986F">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="1409E48E" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="53731DCA" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C071B20" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="7897F400" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Access required (to include time for set-up/clear-up)</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="1774" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37A89C8D" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="7878A014" w14:textId="302062A4" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="4857986F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>From:</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r w:rsidRPr="4857986F">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              <w:t>From: </w:t>
+            </w:r>
+            <w:r w:rsidR="072011A3" w:rsidRPr="4857986F">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2659" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A8AA5DD" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="46A217AD" w14:textId="1422DD71" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="4857986F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>To:</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r w:rsidRPr="4857986F">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>  </w:t>
-[...10 lines deleted...]
-              <w:t> </w:t>
+              <w:t>To:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="54B0ACDB" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="424E197F" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
           <w:trHeight w:val="495"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A91EA2F" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="024AB557" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Which room/rooms are you requesting for this booking? Please tick.</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AD1FBAC" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="071B6DC0" w14:textId="21E84E39" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="4857986F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>  </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            </w:pPr>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="5AF4F8B8" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="7D585D5A" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
           <w:trHeight w:val="495"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18E43051" w14:textId="1F8525EB" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="4934F731" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Upstairs Room (Capacity 78)</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
-[...9 lines deleted...]
-              </w:rPr>
               <w:t> </w:t>
-            </w:r>
-[...35 lines deleted...]
-              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="051E5657" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="0FFBEA18" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:tcW w:w="2591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77E302F2" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="4E5065A6" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Number of chairs required:</w:t>
-[...21 lines deleted...]
-              <w:t> </w:t>
+              <w:t>Number of chairs required: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="3D65ABD4" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="10B1B2F2" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
           <w:trHeight w:val="495"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02F69FF6" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="420253E9" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Refectory (Capacity 45)</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A63502C" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="6E59E231" w14:textId="53C41575" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="4857986F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            </w:pPr>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:tcW w:w="2591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F077D7A" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="094755C2" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Number of chairs required:</w:t>
-[...21 lines deleted...]
-              <w:t> </w:t>
+              <w:t>Number of chairs required: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="36C74298" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="189062F1" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
           <w:trHeight w:val="495"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="007DBD2F" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="0C2A9BA0" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Main Church (Capacity 250)</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72CF6D64" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="59A0F4F5" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:tcW w:w="2591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1AA493D0" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="0EE23ED0" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Number of chairs required:</w:t>
-[...21 lines deleted...]
-              <w:t> </w:t>
+              <w:t>Number of chairs required: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="0B8BCFE4" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="23892367" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
           <w:trHeight w:val="495"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15528542" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="763085EC" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Do any of your group have a disability rendering them unable to use stairs? </w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>*</w:t>
-[...23 lines deleted...]
-              <w:t> </w:t>
+              <w:t>* </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19CEE5C2" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="3E8EAECA" w14:textId="661B5FB8" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="11226FDE" w:rsidP="3954F22A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="3954F22A">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:kern w:val="0"/>
-[...1 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Yes:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="3954F22A">
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ☐</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3954F22A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:kern w:val="0"/>
-[...19 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>​</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...20 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="3954F22A">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
-                <w14:ligatures w14:val="none"/>
-[...10 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:tcW w:w="2591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31510078" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="02D43F32" w14:textId="06F640C8" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>No:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>​</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...28 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="2BA8781E" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="673E691A" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
           <w:trHeight w:val="495"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9000" w:type="dxa"/>
+            <w:tcW w:w="9011" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DB31E92" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="5F1FEFC6" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>All users of upstairs rooms should be able to evacuate safely in the event on an emergency. Group leaders are responsible for the safety of their group members.</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="1170B9C5" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="451A2BA7" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
           <w:trHeight w:val="495"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7914EFC3" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="6052F30B" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Do you require us to provide any of the following? Please tick.</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="333EF604" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="6942DCB6" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="773C3010" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="6A4B81CD" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
-          <w:trHeight w:val="405"/>
+          <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C936487" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="180970F9" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Flip chart &amp; Paper</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="1774" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D845E18" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="3D3FC8FD" w14:textId="047E77AF" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="350FF2B7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            </w:pPr>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2659" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A1A8A65" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="530E6528" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="0CB6D014" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="722FB5FC" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
-          <w:trHeight w:val="405"/>
+          <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B0CBAD1" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="6DBF803E" w14:textId="36621636" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="2E0BDA76" w:rsidP="3956DDE3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Projector &amp; Screen</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve">TV </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="0088036C" w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              <w:t>Screen</w:t>
+            </w:r>
+            <w:r w:rsidR="0088036C" w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="6CAB835B" w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="6CAB835B" w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>can connect via wifi or cable to laptops)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="1774" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1267B813" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="66A7C481" w14:textId="71AAD3EC" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="350FF2B7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
-[...11 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2659" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="300D63B4" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="4D2A7DFA" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="7ECEC4A5" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="181B117C" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
-          <w:trHeight w:val="405"/>
+          <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C594104" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="2B658068" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Wifi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="1774" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="672027AB" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="6FFBD2FF" w14:textId="76DDA65D" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2659" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="579EB691" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="2ADA69D6" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="0772BFC4" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="56C2E3C5" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
-          <w:trHeight w:val="405"/>
+          <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D5AE454" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="617A743F" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Extension Leads</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02F6440F" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="31CA898D" w14:textId="7BCD8221" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:tcW w:w="2591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C9DA940" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="420BB8F2" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>If so, how many?</w:t>
-[...21 lines deleted...]
-              <w:t> </w:t>
+              <w:t>If so, how many?  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="1CE1D2C4" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="6035AFB4" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
-          <w:trHeight w:val="405"/>
+          <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58337F91" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="0DA8DDD4" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="1CD0D0CA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Hot water and cups for tea and coffee if refreshments are to be provided by yourselves</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
-[...10 lines deleted...]
-              <w:t> </w:t>
+              <w:t>Hot water and cups for tea and coffee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4AB1D4D0" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="2252B8A7" w14:textId="1606235A" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="350FF2B7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            </w:pPr>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:tcW w:w="2591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="233E0210" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="5A829FB4" w14:textId="016C76F2" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0D82E0A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>If so, how many cups?</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
-[...10 lines deleted...]
-              <w:t> </w:t>
+              <w:t>If so, how many cups? </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="608EB087" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="09091ED9" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
-          <w:trHeight w:val="405"/>
+          <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E5F7076" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="083639D2" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Refreshments to be provided by St Laurence’s Church @ £1.25 per person [half-day booking], or £2.50 per person [for full-day bookings]</w:t>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              <w:t>Nature of event:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="4433" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1CF64F16" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="1CD0D0CA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7ED449D6" w14:textId="64948D25" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="1CD0D0CA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2354D8AD" w14:textId="04B026C1" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="1CD0D0CA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="6613C08F" w14:textId="77777777" w:rsidTr="1CD0D0CA">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DF10E93" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Is this an ongoing booking?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E6A2EBD" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="63C8E987" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Yes:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>​</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>​</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:tcW w:w="2591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A8FFAA0" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="2DB3CEDD" w14:textId="43984D13" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>No:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>​</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>​</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>If so, how many cups?</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="17991256" w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
-[...10 lines deleted...]
-              <w:t> </w:t>
+              <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="5A3C9E03" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="5D048D86" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D17142A" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="1ECF2AB5" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Nature of event:</w:t>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              <w:t>If ongoing, what are the values/ethos of your group?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="596D8964" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="617E9E53" w14:textId="096399AE" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="1CD0D0CA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
-                <w14:ligatures w14:val="none"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="0CA625CB" w14:textId="5EB7BC08" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="4857986F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="2CFD41D4" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="4C304D6A" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6286CD60" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="12B6310A" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Is this an ongoing booking?</w:t>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              <w:t>Are you a registered charity? If so, what is the charity number?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...280 lines deleted...]
-            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="603CA550" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="7283FA90" w14:textId="7A0F9D35" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="4857986F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            </w:pPr>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="1FB4FFD7" w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="16EFF6B6" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="01256868" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15D1BECA" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="7416B2F2" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Are you a registered charity? If so, what is the charity number?</w:t>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              <w:t>Do you have a website/social media presence?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A90FABD" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="25DBED25" w14:textId="7F877020" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="4857986F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            </w:pPr>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="34309F03" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="58DD834D" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
-          <w:trHeight w:val="450"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0ED853A0" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="13230798" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Do you have a website/social media presence?</w:t>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              <w:t>Name of person booking:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C0CDABF" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="68849E48" w14:textId="7A98EF31" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="1CD0D0CA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
-                <w14:ligatures w14:val="none"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="41E71355" w14:textId="58F94BF5" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="4857986F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="201CD2AF" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="59F2925A" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="485116D2" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="4502F3D8" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Name of person booking:</w:t>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              <w:t>Position in organisation:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69E5633C" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="1D517B44" w14:textId="72E8BAE0" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="4857986F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            </w:pPr>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="1E9E87BC" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="6D889944" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CCB4DE8" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="49E57ECE" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Position in organisation:</w:t>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              <w:t>Full address:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E7877F3" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="60E46664" w14:textId="706BCA21" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="1CD0D0CA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
-                <w14:ligatures w14:val="none"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
+            <w:r w:rsidR="24964156" w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="484F418B" w14:textId="618602A5" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="1CD0D0CA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DF151B7" w14:textId="477DD80D" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="1CD0D0CA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="043E8533" w14:textId="4FE19E97" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="4857986F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="48240249" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="611A8609" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42CA04D9" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="2C6CB832" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Full address:</w:t>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              <w:t>Contact telephone number (required):  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B28D298" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="61E31E9E" w14:textId="25B2193D" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="4857986F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            </w:pPr>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="4557FB73" w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="3E4AA9C0" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="09FBB8E9" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28788808" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="51950406" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Contact telephone number (required):</w:t>
-[...25 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              <w:t>Email address (required): </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="330768C2" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="5CC84494" w14:textId="08C03513" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="4857986F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            </w:pPr>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="043CDC99" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="20AEB655" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
-          <w:trHeight w:val="450"/>
+          <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="515F0B55" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="18F17FA4" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Email address (required):</w:t>
-[...25 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              <w:t>Name of person responsible for payment </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46429AE3" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="03BA6483" w14:textId="3A807BBB" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="4857986F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...15 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="63479E60" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="5A7244D2" w14:textId="77777777" w:rsidTr="1CD0D0CA">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2DE77CCD" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="69958BF4" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Name of person responsible for payment</w:t>
-[...25 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              <w:t>Contact details of person responsible for payment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24AB8630" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="29270EDF" w14:textId="47D01E34" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="4857986F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...123 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="32401D32" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="6CC714E3" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60ACCC52" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="2C79382F" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Unfortunately there is no car parking on church premises, but there is ample parking space in the council-run car park opposite the church.</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t>Unfortunately</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> there is no car parking on church premises, but there is ample parking space in the council-run car park opposite the church.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="602758BA" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="7687C1C1" w14:textId="2A2B763F" w:rsidR="1CD0D0CA" w:rsidRDefault="1CD0D0CA" w:rsidP="1CD0D0CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CA17464" w14:textId="57EF4712" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="1CD0D0CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-          <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
-          <w14:ligatures w14:val="none"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t xml:space="preserve">Rental charge is per </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>3 hour</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> session: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="535D9159" w14:textId="33B59FAF" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="1CD0D0CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="482BE555" w14:textId="748D3FCA" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="1CD0D0CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1CD0D0CA">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Hire of main Church £45; Other rooms £35; Concert in Church including rehearsal £160 (Summer) £260 (Winter); Full access to kitchen facilities £15.  (Deposit is 20% total cost).</w:t>
-[...17 lines deleted...]
-        <w:t> </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Hire of main Church </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>£45;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6083C9D6" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="6707E5EE" w14:textId="1DE66BEC" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="052AA1A0" w:rsidP="1CD0D0CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-          <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
-          <w14:ligatures w14:val="none"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1CD0D0CA">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Commercial Event </w:t>
+      </w:r>
+      <w:r w:rsidR="0088036C" w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="048DFD96" w:rsidRPr="1CD0D0CA">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
-[...22 lines deleted...]
-      </w:r>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">main </w:t>
+      </w:r>
+      <w:r w:rsidR="0088036C" w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Church </w:t>
+      </w:r>
+      <w:r w:rsidR="010F2E80" w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(including </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="010F2E80" w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">concerts) </w:t>
+      </w:r>
+      <w:r w:rsidR="0088036C" w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> £</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0088036C" w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="6ACAB8B9" w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>75</w:t>
+      </w:r>
+      <w:r w:rsidR="19B8301E" w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0088036C" w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="27E3E912" w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0088036C" w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Summer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0088036C" w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>) £260 (Winter</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0088036C" w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="3AE2F0A8" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="084ECD32" w14:textId="129E43BC" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="09E3714A" w:rsidP="1CD0D0CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Please get in touch if catering is required and we can discuss options.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BAFD97A" w14:textId="13652565" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="09E3714A" w:rsidP="1CD0D0CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Tea, coffee, milk and hot water facilities in the main church £15</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A5A7EB1" w14:textId="02131BF4" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="1CD0D0CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A01496B" w14:textId="7D29913B" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="1CD0D0CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DA094B6" w14:textId="6295A234" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="4BFD3B8F" w:rsidP="1CD0D0CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Hire of Upper room or Refectory including t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>ea, coffee, milk and hot water facilities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> £40</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47375028" w14:textId="5658241B" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="1CD0D0CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Full access to kitchen facilities </w:t>
+      </w:r>
+      <w:r w:rsidR="09343EF5" w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="4D8033C4" w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="09343EF5" w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">efectory </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">£15.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="400B0FB2" w14:textId="692E7DBA" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="1CD0D0CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="263D0C6F" w14:textId="436FBC8B" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="67726ADF" w:rsidP="1CD0D0CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1CD0D0CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>(Deposit is 20% total cost)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15C9BA10" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>If your booking is in relation to an organisation within or linked to the church and you believe your fee should be waived or discounted, please tick here</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Booking is only confirmed when the St Laurence’s PCC receives and banks the deposit (20% of the total cost).  Bookings will be held provisionally for seven days to allow for payment of the deposit.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F3BC38" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...46 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t xml:space="preserve">If your booking is in relation to an organisation within or linked to the church and you believe your fee should be waived or discounted, please tick </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:t>here </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>​</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI" w:hint="eastAsia"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>​</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t>We will confirm this if/when your booking is accepted.</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F3735AC" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="7F88AA53" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Balances should be paid at least 7 days prior to the booking commencing (unless otherwise agreed). Your booking may be cancelled if the balance has not been paid.</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7412DCC0" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="38FB2744" w14:textId="4A23FD85" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DD7CCA">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
-          <w:highlight w:val="yellow"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006736BA">
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bookings should be paid by bank transfer to </w:t>
+      </w:r>
+      <w:r w:rsidR="420D54D2" w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
-          <w:highlight w:val="yellow"/>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PCC St Laurence’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yorkshire Bank account 43666410 sort code 05 03 70. Please email </w:t>
+      </w:r>
+      <w:r w:rsidR="056D6125" w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>office</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>@stlaurencechorley.co.uk to confirm that payment has been made.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12ABA6B7" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="161E31F3" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E2782C9" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="1F6EED61" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Please see attached Health and Safety Policy, Appendix 2 for Fire Evacuation procedures</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D955B41" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65DAD595" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:t>I understand that in the event of late cancellation, over-running the event, failure to leave the premises clean or causing damage or breakage or other complaint, I may forfeit all or part of this amount.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2CD13DBA" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="17409078" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...21 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The remaining monies must be paid by the last date of use; in the case of a recurring </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>booking</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> it is possible to set up monthly payments. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7239C0D7" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="22F30F2E" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="619A2B67" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72800A7F" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Terms and Conditions of Hire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="351FA28C" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>I understand that in the event of late cancellation, over-running the event, failure to leave the premises clean or causing damage or breakage or other complaint, I may forfeit all or part of this amount.</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>I understand that:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...20 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA7E1C2" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
-[...216 lines deleted...]
-    <w:p w14:paraId="50EDDE0A" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="19ABAACE" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>I am responsible for returning the area we have used to a clean and tidy condition afterwards, for supervision and security of the premises, protection of the fabric and contents from damage and the behaviour of all persons using the premises.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">I am responsible for returning the area we have used to a clean and tidy condition afterwards, for supervision and security of the premises, protection of the fabric and contents from damage and the behaviour of all persons using the premises.  If this is not done to the satisfaction of the St Laurence’s PCC or if there are any breakages, then I undertake to pay </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t xml:space="preserve">£25 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> If this is not done to the satisfaction of the St Laurence</w:t>
-[...67 lines deleted...]
-        <w:t> </w:t>
+        <w:t>plus the full costs of cleaning and/or restitution.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="506C0F5B" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="69C4616C" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>If you are using our facilities when the Taste Café is operating, you are more than welcome to refreshments in our seating area on a ‘pay what you can’ basis.</w:t>
-[...21 lines deleted...]
-        <w:t> </w:t>
+        <w:t>If you are using our facilities when the Taste Café is operating, you are more than welcome to refreshments in our seating area on a ‘pay what you can’ basis. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C95FB36" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="2DDA5C1B" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">The Church must be vacated by </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2300 hrs at the latest</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> unless later by prior agreement only.</w:t>
-[...21 lines deleted...]
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> unless later by prior agreement only. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00D328B4" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="2D0C328E" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>The Church may only be used in appropriate ways and sound levels must not cause annoyance to local residents or to other users of the Church.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">The Church may only be used in appropriate ways and sound levels must not cause annoyance to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>   </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t>local residents</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> or to other users of the Church.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FCD2BF3" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="47FC34A6" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">I cannot sub-let or use the premises or do anything, or bring onto the premises </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">I cannot sub-let or use the premises or do </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t>anything, or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t xml:space="preserve"> bring onto the premises  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:br/>
-        <w:t>anything that may endanger the premises, their users or any relevant insurance policies.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...10 lines deleted...]
-        <w:t> </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>anything that may endanger the premises, their users or any relevant insurance policies. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D1BE9B6" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="317C8D96" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">There is a strict </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">No Smoking, </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>policy</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>(including e-cigs) within Church premises and on church grounds.</w:t>
-[...21 lines deleted...]
-        <w:t> </w:t>
+        <w:t>(including e-cigs) within Church premises and on church grounds. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72E1C7A7" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="12507FB3" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>I am responsible for obtaining any Local Authority or other licences necessary in  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:br/>
+        <w:t>connection with the booking, for making adequate arrangements to insure against any  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:br/>
+        <w:t>Third Party claims that may lie against me or my organisation whilst using the premises, and for the observance of all regulations affecting the premises imposed by the Licensing Authority,  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">connection with the booking, for making adequate arrangements to insure against any </w:t>
-[...89 lines deleted...]
-        <w:t> </w:t>
+        <w:t>Fire Authority, Police Authority Environmental Health, Social Services or otherwise. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AB53805" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="353F9F17" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>I confirm that all appropriate risk assessments for any activities to be undertaken (indoors or outdoors) will be completed and submitted to the church prior to the commencement of my booking.</w:t>
-[...21 lines deleted...]
-        <w:t> </w:t>
+        <w:t>I confirm that all appropriate risk assessments for any activities to be undertaken (indoors or outdoors) will be completed and submitted to the church prior to the commencement of my booking.     </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7532F673" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="64C6FD82" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>I confirm that I am responsible for the orderly and safe admission and departure of persons from the Church, and the safe evacuation of the Church in case of emergency.</w:t>
-[...43 lines deleted...]
-        <w:t> </w:t>
+        <w:t>I confirm that I am responsible for the orderly and safe admission and departure of persons from the Church, and the safe evacuation of the Church in case of emergency.  I will read the Fire Safety Policy in this pack, including evacuation procedures. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F25836D" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="40F8615B" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>In accordance with legislation on the protection of children, I confirm that I understand the provisions and undertake to provide an adequate number of trained supervisors where the children and young people are under 16 years of age and will provide details of policies as requested.</w:t>
-[...21 lines deleted...]
-        <w:t> </w:t>
+        <w:t>In accordance with legislation on the protection of children, I confirm that I understand the provisions and undertake to provide an adequate number of trained supervisors where the children and young people are under 16 years of age and will provide details of policies as requested.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D2FCAEF" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="13BBC6F0" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>If selling goods on the premises, I shall comply with all legal requirements and abide by any local code of practice in connection with such sales.</w:t>
-[...21 lines deleted...]
-        <w:t> </w:t>
+        <w:t>If selling goods on the premises, I shall comply with all legal requirements and abide by any local code of practice in connection with such sales. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D890099" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="25CBA7BA" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>No goods may be left in the premises nor any posters on church noticeboards.</w:t>
-[...21 lines deleted...]
-        <w:t> </w:t>
+        <w:t>No goods may be left in the premises nor any posters on church noticeboards. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BE8DC41" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="10EE4970" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>My booking is only confirmed when the St Laurence’s PCC receives and banks the deposit.</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">My booking is only confirmed when the St Laurence’s PCC receives and banks the deposit.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:br/>
+        <w:t xml:space="preserve">The deposit is not refundable; if the St Laurence’s PCC cancels the event, the fee is refunded in full.  The St Laurence’s PCC reserves the right to cancel the booking if the room is needed for church purposes. In these circumstances, the maximum practicable notice shall be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t>given</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t xml:space="preserve"> and the St Laurence’s PCC will seek to find alternative accommodation for your booking </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>if at all possible</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...76 lines deleted...]
-        <w:t> </w:t>
+        <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F5667F4" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="20841060" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">If I am given a key, I understand that this is to be used </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>only for the event(s) specified in the bookings form</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and at no other time.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> and at no other time.  If I need to access the church outside of the events specified on the bookings form, I will request access via email.  I undertake </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t>under no circumstances</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> If I need to access the church outside of the events specified on the bookings form, I will request access via email.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> to give it to a third party or to have a copy made, and to return it at the end of the hire.  If I  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...88 lines deleted...]
-        </w:rPr>
         <w:br/>
-        <w:t>do not return it, then the Church may have to have new locks fitted and I agree to cover the cost of this with an additional £50 fee for the inconvenience caused.</w:t>
-[...21 lines deleted...]
-        <w:t> </w:t>
+        <w:t>do not return it, then the Church may have to have new locks fitted and I agree to cover the cost of this with an additional £50 fee for the inconvenience caused. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40DEDA46" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="0574FFAE" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">I indemnify the St Laurence’s PCC in respect of the cost of repair of any damage done to any part of the premises, including the curtilage thereof or the contents of the building during or as a result of a </w:t>
-[...33 lines deleted...]
-        <w:t> </w:t>
+        <w:t>I indemnify the St Laurence’s PCC in respect of the cost of repair of any damage done to any part of the premises, including the curtilage thereof or the contents of the building during or as a result of a booking and in respect of any liability to third parties or otherwise arising out of the use of the premises pursuant to the hiring. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40689914" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="748170A7" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>I acknowledge that no tenancy exists between me/my organisation and the St Laurence’s PCC and no relationship of landlord and tenant exists between us.</w:t>
-[...21 lines deleted...]
-        <w:t> </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>I acknowledge that no tenancy exists between me/my organisation and the St Laurence’s PCC and no relationship of landlord and tenant exists between us. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07C57274" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="24CBAA96" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">By my signature below, </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>I confirm that I am over 18</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and have accepted all the conditions set out above on behalf of my organisation. I also understand that there are no daytime parking facilities available at the church. There are a number of car parks within a short distance of the church.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> and have accepted all the conditions set out above on behalf of my organisation. I also understand that there are no daytime parking facilities available at the church. There are </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t>a number of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> car parks within a short distance of the church. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CC48BFB" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="345BEFF8" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>I recognise that in signing this form I am responsible for communicating to my group the details of the fire evacuation policy should this need to be implemented.</w:t>
-[...21 lines deleted...]
-        <w:t> </w:t>
+        <w:t>I recognise that in signing this form I am responsible for communicating to my group the details of the fire evacuation policy should this need to be implemented. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B3AECBB" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="4611CEC4" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>If I do wish to use the premises for a different use to that agreed on this form, I realise that this needs to be a new booking.</w:t>
-[...21 lines deleted...]
-        <w:t> </w:t>
+        <w:t>If I do wish to use the premises for a different use to that agreed on this form, I realise that this needs to be a new booking. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E98A5E2" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="34360E98" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>I can confirm that my booking includes setting up/clearing up time and not just the running time for my event.</w:t>
-[...21 lines deleted...]
-        <w:t> </w:t>
+        <w:t>I can confirm that my booking includes setting up/clearing up time and not just the running time for my event. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4120DB25" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="18DAAB72" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="dxa"/>
         <w:tblInd w:w="360" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2730"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1935"/>
+        <w:gridCol w:w="2734"/>
+        <w:gridCol w:w="3181"/>
+        <w:gridCol w:w="782"/>
+        <w:gridCol w:w="1939"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="3A70220D" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="479EF777" w14:textId="77777777" w:rsidTr="433BCE8D">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2730" w:type="dxa"/>
+            <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2483E0A7" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="17F0002B" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Signature of person booking:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5895" w:type="dxa"/>
+            <w:tcW w:w="6345" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="724E21B5" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="6D433D99" w14:textId="14F710DC" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="433BCE8D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="3977EC37" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="456C2AA9" w14:textId="77777777" w:rsidTr="433BCE8D">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2730" w:type="dxa"/>
+            <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7AD72BF4" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="388864D3" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Print Name:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5895" w:type="dxa"/>
+            <w:tcW w:w="6345" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BBE2AAD" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="6390CF43" w14:textId="467B5FC5" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="433BCE8D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="57B1EF7E" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="7A932643" w14:textId="77777777" w:rsidTr="433BCE8D">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2730" w:type="dxa"/>
+            <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48ADCAC1" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="61AD6FC2" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Role:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3180" w:type="dxa"/>
+            <w:tcW w:w="3450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E48209C" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="55A54190" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="780" w:type="dxa"/>
+            <w:tcW w:w="795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4017D9FD" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="3FD11438" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1935" w:type="dxa"/>
+            <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E12862A" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="53017931" w14:textId="3E843DAA" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="433BCE8D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="61B473B7" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="29EE6BBD" w14:textId="77777777" w:rsidTr="433BCE8D">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2730" w:type="dxa"/>
+            <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="603DA6E3" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="7A2FD3E5" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Signature on behalf of St Laurence PCC:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5895" w:type="dxa"/>
+            <w:tcW w:w="6345" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="383844CE" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="17E0E644" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="1836F60B" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="19507510" w14:textId="77777777" w:rsidTr="433BCE8D">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2730" w:type="dxa"/>
+            <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62C82E5C" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="3AA7EB81" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Print Name:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5895" w:type="dxa"/>
+            <w:tcW w:w="6345" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34A77B6E" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="57029665" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="49767639" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="122030BE" w14:textId="77777777" w:rsidTr="433BCE8D">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2730" w:type="dxa"/>
+            <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F89B7A0" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="3EA7AE85" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Role:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3180" w:type="dxa"/>
+            <w:tcW w:w="3450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31562E5F" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="41DEF7A3" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="780" w:type="dxa"/>
+            <w:tcW w:w="795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="523DC3A9" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="21CF0175" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1935" w:type="dxa"/>
+            <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2687F95F" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="1D77A5CB" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="60A231D6" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="77FAB440" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67E1E32C" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="495EC35F" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="5FD50CCA" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Safeguarding Provision</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>  </w:t>
-[...11 lines deleted...]
-        <w:t> </w:t>
+        <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07400B1F" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="0B587A40" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EF75BB6" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="5C56AD0F" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">The Parochial Church Council of Chorley Parish Church of St Laurence has a Policy for Safeguarding Children, Young People and Vulnerable Adults. </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Your booking agreement is conditional upon you complying with it unless you already have an equivalent policy of your own, which you must provide before consideration of your booking.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Your booking agreement is conditional upon you complying with it unless you already have an equivalent policy of your own, which you must provide before consideration of your booking.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="043A010E" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>  </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40471914" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">You are required to ensure that children, young people and vulnerable adults are </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t>protected at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t xml:space="preserve">, by taking all reasonable steps to prevent injury, illness, loss or damage occurring; and that you carry full liability insurance for this. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>You are required to ensure that children, young people and vulnerable adults are protected at all times, by taking all reasonable steps to prevent injury, illness, loss or damage occurring; and that you carry full liability insurance for this. In particular this means that:</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>In particular this</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>  </w:t>
-[...11 lines deleted...]
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> means that:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2921350A" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="0299E771" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>you will comply with the attached good practice guide with children and young people or vulnerable adults unless you already have an equivalent;</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">you will comply with the attached good practice guide with children and young people or vulnerable adults unless you already have an </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t>equivalent;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79FC918D" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="65507EFD" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">you will provide the church with a copy of your organisation’s Safeguarding Policy/ices or if you do not have one will adopt the current parish </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t>policy;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6968D504" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="5C249ECE" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>you will recruit safely all current paid and voluntary workers who work with children and/or vulnerable adults, by obtaining satisfactory disclosures from the Disclosure and Barring Service where eligible, and keeping records of dates and disclosure numbers indefinitely;</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">you will recruit safely all current paid and voluntary workers who work with children and/or vulnerable adults, by obtaining satisfactory disclosures from the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Disclosure and Barring Service where eligible, and keeping records of dates and disclosure numbers </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t>indefinitely;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75C0F1F6" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="03ED2F17" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>you will keep a list of the names of all paid and voluntary workers with regular and direct contact with children/vulnerable adults, and update it annually;</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">you will keep a list of the names of all paid and voluntary workers with regular and direct contact with children/vulnerable adults, and update it </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t>annually;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="060F5FB5" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="3D342833" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>you will always have at least two leaders over the age of 18 years in any group of children and young people, no matter how small the group;</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">you will always have at least two leaders over the age of 18 years in any group of children and young people, no matter how small the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t>group;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16D7679E" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="14F6F1C4" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>no person under the age of 18 years will be left in charge of any children or young people of any age;</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">no person under the age of 18 years will be left in charge of any children or young people of any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t>age;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60AEC91A" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="60A59962" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>no child or group of children or young people should be left unattended at any time;</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">no child or group of children or young people should be left unattended at any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t>time;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C65C6D5" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="4BFA32BF" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>a register of children, young people or vulnerable adults attending the activity will be kept securely. This will include details of their name, contact details of parent/guardian/carer etc., date of birth and next of kin;</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">a register of children, young people or vulnerable adults attending the activity will be kept securely. This will include details of their name, contact details of parent/guardian/carer etc., date of birth and next of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t>kin;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5789B1CB" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="5879A3AD" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:firstLine="360"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>you will immediately (within 24 hours) inform the Parish Safeguarding Officer of:</w:t>
-[...23 lines deleted...]
-        <w:t> </w:t>
+        <w:t>you will immediately (within 24 hours) inform the Parish Safeguarding Officer of:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58769F79" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="4D88F8F7" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="2520" w:firstLine="360"/>
+        <w:ind w:left="1800" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>the occurrence of any incidents or allegations of abuse or causes of concern relating to</w:t>
-[...47 lines deleted...]
-        <w:t> </w:t>
+        <w:t>the occurrence of any incidents or allegations of abuse or causes of concern relating to                     members or leaders of your organisation, and contact details for the person in your organisation who is dealing with it  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59D0BFEB" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="1AC402C2" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="2520" w:firstLine="360"/>
+        <w:ind w:left="1800" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>any known offenders against children or vulnerable adults seeking to join your membership, and manage such allegations or agreements with offenders in co-operation with statutory agencies, and with the church.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">any known offenders against children or vulnerable adults seeking to join your </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t>membership, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> manage such allegations or agreements with offenders in co-operation with statutory agencies, and with the church.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="385F87D8" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="6CAA9CF2" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43EB2B68" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="6853F343" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Contact details for The Parish for Chorley Parish Church of St Laurence Safeguarding Officer</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77A83B36" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Safeguarding Officer:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Nicola Pilkington</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FED08A1" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="0BF479B6" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Safeguarding Officer:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t>Telephone number:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t>07736 312859 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CEDEE98" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
-          <w:sz w:val="24"/>
-[...116 lines deleted...]
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Declaration</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1425"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2940"/>
+        <w:gridCol w:w="1428"/>
+        <w:gridCol w:w="3625"/>
+        <w:gridCol w:w="1023"/>
+        <w:gridCol w:w="2934"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="4BFC7949" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="789340CA" w14:textId="77777777" w:rsidTr="0088036C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9000" w:type="dxa"/>
+            <w:tcW w:w="9615" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="726EAC7B" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="0EE70EE5" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
-[...10 lines deleted...]
-              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1ADBE9FD" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="51331A38" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>I agree to abide by appropriate safeguarding procedures. I understand that my booking agreement may be terminated in the event of my failing to comply with these procedures.</w:t>
-[...5 lines deleted...]
-                <w:bCs/>
+              <w:t>I agree to abide by appropriate safeguarding procedures. I understand that my booking agreement may be terminated in the event of my failing to comply with these procedures. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
-[...22 lines deleted...]
-              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01AC59C5" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="3081A492" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="22D3525B" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="4516B54D" w14:textId="77777777" w:rsidTr="0088036C">
         <w:trPr>
           <w:trHeight w:val="585"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FC5D17F" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="442977B9" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Signed</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3615" w:type="dxa"/>
+            <w:tcW w:w="3930" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5302B5CD" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="05E2D53E" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1065" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A0549F3" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="6A1B679D" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Print</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2925" w:type="dxa"/>
+            <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27F2A5E7" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="3862E5CD" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="426E4395" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="388AA690" w14:textId="77777777" w:rsidTr="0088036C">
         <w:trPr>
           <w:trHeight w:val="585"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="200B32D2" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="13361DEC" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Organisation</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3615" w:type="dxa"/>
+            <w:tcW w:w="3930" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68A959E2" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="1E269D22" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1065" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43EA2AC3" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="4A66F63F" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Role</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2925" w:type="dxa"/>
+            <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="097757C1" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="6B01A101" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="2A54F0E2" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="4F61A76F" w14:textId="77777777" w:rsidTr="0088036C">
         <w:trPr>
           <w:trHeight w:val="585"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B237503" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="3A24BE40" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7575" w:type="dxa"/>
+            <w:tcW w:w="8160" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A4CAB50" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="2EA37238" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="17A9D942" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="70612609" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...5 lines deleted...]
-          <w:kern w:val="0"/>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75FA3215" w14:textId="68352357" w:rsidR="1CD0D0CA" w:rsidRDefault="1CD0D0CA" w:rsidP="1CD0D0CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
-          <w14:ligatures w14:val="none"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A007391" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="2CF136CF" w14:textId="6ED8E354" w:rsidR="1CD0D0CA" w:rsidRDefault="1CD0D0CA" w:rsidP="1CD0D0CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59FD29DE" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Accidents and incidents</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E5E8387" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="603C1A90" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AE8A390" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="7CD3FC3F" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>THE HIRER(S) of the premises of</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chorley Parish Church of St Laurence is / are required to complete details of any accident or incident occurring during their occupation of the premises</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> which did or could give rise to injury as soon as possible after the accident or incident but in any case before the premises are vacated by the hirer(s) after the event.</w:t>
-[...77 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> which did or could give rise to injury as soon as possible after the accident or incident </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Person injured</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t xml:space="preserve">but in any case </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>before the premises are vacated by the hirer(s) after the event.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B80F957" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DEA7391" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Person injured</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2580"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2100"/>
+        <w:gridCol w:w="2587"/>
+        <w:gridCol w:w="2493"/>
+        <w:gridCol w:w="1835"/>
+        <w:gridCol w:w="2095"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="59941A8F" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="46FFD91E" w14:textId="77777777" w:rsidTr="0088036C">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58334060" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="36607059" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6420" w:type="dxa"/>
+            <w:tcW w:w="6900" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4139984A" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="2CC2C4AD" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="230658E5" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="4E8A4633" w14:textId="77777777" w:rsidTr="0088036C">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21CBCB53" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="60393D8C" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6420" w:type="dxa"/>
+            <w:tcW w:w="6900" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2243EDCB" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="0EFB020C" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="022C7520" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="2FA13E3D" w14:textId="77777777" w:rsidTr="0088036C">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="458CFBFE" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="29B3E314" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Telephone</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6420" w:type="dxa"/>
+            <w:tcW w:w="6900" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CAC1EF5" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="751B33DB" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="5223FE73" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="33ACA82C" w14:textId="77777777" w:rsidTr="0088036C">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E95F11D" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="57DD705E" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Date of incident</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>  </w:t>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2490" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="594FD0FC" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="652CA78E" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1830" w:type="dxa"/>
+            <w:tcW w:w="1905" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6611303B" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="7D24D184" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Time of incident:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>  </w:t>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2085" w:type="dxa"/>
+            <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C743BB9" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="0886BA7B" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="340F9C1A" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="1F65A7F7" w14:textId="77777777" w:rsidTr="0088036C">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49E55E3D" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="01BC6F43" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Place incident occurred</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>  </w:t>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6420" w:type="dxa"/>
+            <w:tcW w:w="6900" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F5D298A" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="3505178F" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="7F58F400" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="20D7D3F9" w14:textId="77777777" w:rsidTr="0088036C">
         <w:trPr>
-          <w:trHeight w:val="3870"/>
+          <w:trHeight w:val="3885"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9000" w:type="dxa"/>
+            <w:tcW w:w="9615" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55E46CC8" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="19E95F23" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Detailed description of accident / incident</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> (including a description of any apparatus or equipment involved)</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve"> continue on separate page if necessary</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>continue on</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> separate page if necessary</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="372E1E9B" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="28F3823B" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="3D381DB7" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="5B3014E8" w14:textId="77777777" w:rsidTr="0088036C">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1295A016" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="12EBB653" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Witnesses</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6420" w:type="dxa"/>
+            <w:tcW w:w="6900" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="112B17AE" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="77BE50D6" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="37DAC94B" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="3B80DBF0" w14:textId="77777777" w:rsidTr="0088036C">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2CD8D577" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="5E9EE929" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6420" w:type="dxa"/>
+            <w:tcW w:w="6900" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="158203DC" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="1163C4C8" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="06D18A40" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="4A20A0E9" w14:textId="77777777" w:rsidTr="0088036C">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F6908D4" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="59825144" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6420" w:type="dxa"/>
+            <w:tcW w:w="6900" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B848AE6" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="777477B0" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="6095F26A" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="4EA482EA" w14:textId="77777777" w:rsidTr="0088036C">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FB173EC" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="60C9DBCA" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Telephone</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6420" w:type="dxa"/>
+            <w:tcW w:w="6900" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45B8E0D4" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="3B01C9B9" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="173B4C4C" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="36013AA8" w14:textId="77777777" w:rsidTr="0088036C">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7381BEB2" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="183F3A81" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6420" w:type="dxa"/>
+            <w:tcW w:w="6900" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="537DABF9" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="4CB42521" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="19299233" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="0ECFF5DD" w14:textId="77777777" w:rsidTr="0088036C">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58EAB51B" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="68340670" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6420" w:type="dxa"/>
+            <w:tcW w:w="6900" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F32C12C" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="2EE7D480" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="7BE4F6FE" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="0C287479" w14:textId="77777777" w:rsidTr="0088036C">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6ADA6081" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="5B17DE13" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Telephone</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6420" w:type="dxa"/>
+            <w:tcW w:w="6900" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56B5149F" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="3DAF60FC" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="19E4694F" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="07090008" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F52DD9D" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t> (Signed witness statements should be obtained wherever possible) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AA8B910" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="290CBE68" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68F164AF" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>(Signed witness statements should be obtained wherever possible)</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FB083AA" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...5 lines deleted...]
-          <w:kern w:val="0"/>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19EEE7B1" w14:textId="616DEC38" w:rsidR="1CD0D0CA" w:rsidRDefault="1CD0D0CA" w:rsidP="1CD0D0CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
-          <w14:ligatures w14:val="none"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="65D091F2" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="5617D6D8" w14:textId="24D9699F" w:rsidR="1CD0D0CA" w:rsidRDefault="1CD0D0CA" w:rsidP="1CD0D0CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...13 lines deleted...]
-          <w:kern w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
-          <w14:ligatures w14:val="none"/>
-[...7 lines deleted...]
-          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56C81C7A" w14:textId="0486FDC1" w:rsidR="1CD0D0CA" w:rsidRDefault="1CD0D0CA" w:rsidP="1CD0D0CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
-          <w14:ligatures w14:val="none"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D7BE9C7" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
-[...76 lines deleted...]
-    <w:p w14:paraId="31957A25" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="01B7CE6E" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>For fire Evacuation Plan please see separate Health and Safety Document, Appendix 2</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="0070C0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E7BAD50" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="0376F1E2" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="0070C0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79B4C806" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="052A2D1F" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>St Laurence’s contacts:</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="276A98F3" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="3E11A358" w14:textId="3CE8D717" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="50303F99">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Bookings Contact:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="1EC6ACD3" w:rsidRPr="50303F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sally </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="1EC6ACD3" w:rsidRPr="50303F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gregson  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="222F7A2A" w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>1257 515152</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45B42E2E" w14:textId="07635545" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Bookings Contact:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t>Church Wardens:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidR="00833174">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Irene Flack:</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t>Alex Barrack</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:tab/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00833174">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>07518 618311</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00833174">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:t>07902278330</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F7A650A" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="2C5C6B09" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Church Wardens:</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Rector:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t xml:space="preserve">Father Neil Kelley:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Bernard Oakley:</w:t>
-[...63 lines deleted...]
-        <w:t> </w:t>
+        <w:t>01257 266037 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55830467" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="70830751" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Rector:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t>Treasurer:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Father Neil Kelley:</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>James Laidler:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t>07767 324662 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DBCA077" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:tab/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+        <w:t>Safeguarding Officer:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>01257 266037</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+        <w:t>Nicola Pilkington:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>07736 312859 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7864E0C0" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E4CC01B" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="510F18C4" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
-          <w:sz w:val="24"/>
-[...251 lines deleted...]
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Office Use </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>(to be completed by Administrative Team)</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="dxa"/>
         <w:tblInd w:w="360" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3435"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="3442"/>
+        <w:gridCol w:w="2082"/>
+        <w:gridCol w:w="2037"/>
+        <w:gridCol w:w="1089"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="3BA272DC" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="732FB63C" w14:textId="77777777" w:rsidTr="5A79E279">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3240631B" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="4B35EA26" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Date booking received:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcW w:w="4440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B26CDCF" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="6E649090" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="5A79E279">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            </w:pPr>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4AB27795" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="230ADF92" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="6E16D5DF" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="003E0AC2" w14:textId="77777777" w:rsidTr="5A79E279">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="621D32B1" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="086EFF9B" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Deposit received</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcW w:w="4440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="152EA92A" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="25508EB0" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A1C6336" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="1E7EC451" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="6A6E395B" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="36A45EB8" w14:textId="77777777" w:rsidTr="5A79E279">
         <w:trPr>
-          <w:trHeight w:val="180"/>
+          <w:trHeight w:val="195"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D17C23F" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="672F51D9" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Date booking confirmed:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcW w:w="4440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1383DD01" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="1D63D378" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44C23B6A" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="19B45818" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="1ED3D35D" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="4D89EA24" w14:textId="77777777" w:rsidTr="5A79E279">
         <w:trPr>
-          <w:trHeight w:val="180"/>
+          <w:trHeight w:val="195"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="219B4ED2" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="5AD2960E" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Terms &amp; conditions signed:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcW w:w="4440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E2BA44E" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="5BD36F6D" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B4B3241" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="5966885B" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="76B3FBAA" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="58BB9C73" w14:textId="77777777" w:rsidTr="5A79E279">
         <w:trPr>
-          <w:trHeight w:val="315"/>
+          <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F6051E7" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="3EE8542D" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Safeguarding signed:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcW w:w="4440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D32F0D1" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="71F207CE" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="564D8353" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="6D225249" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="6BB06314" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="32D09DF0" w14:textId="77777777" w:rsidTr="5A79E279">
         <w:trPr>
           <w:trHeight w:val="165"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71CA93E7" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="306DD134" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Safeguarding Policy given:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcW w:w="4440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0398FB89" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="7FFF812B" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1EF65891" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="080B4131" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="6355514C" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="520E28BE" w14:textId="77777777" w:rsidTr="5A79E279">
         <w:trPr>
           <w:trHeight w:val="585"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68D5DD24" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="0847CF51" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Copy of Organisation’s own Safeguarding Policy received:</w:t>
-[...25 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              <w:t>Copy of Organisation’s own Safeguarding Policy received: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcW w:w="4440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F91970D" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="45E902B5" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F5CB9EB" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="1719C102" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="4EEEDD65" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="68DBA0F9" w14:textId="77777777" w:rsidTr="5A79E279">
         <w:trPr>
           <w:trHeight w:val="180"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B1CC426" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="043DD1A6" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Balance received:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcW w:w="4440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="799DC316" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="52A091DD" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="345228AA" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="7508ACD7" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="62645676" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="0FD18F33" w14:textId="77777777" w:rsidTr="5A79E279">
         <w:trPr>
           <w:trHeight w:val="165"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CB04B27" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="4CBB6DD0" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Person required to open/close Church:</w:t>
-[...25 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              <w:t>Person required to open/close Church:   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcW w:w="4440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="523FDA61" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="4D7099FB" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Yes/ No</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76A99274" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="73D00EB8" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="46BED300" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="44DF4757" w14:textId="77777777" w:rsidTr="5A79E279">
         <w:trPr>
           <w:trHeight w:val="585"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E55E37B" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="756F4FCC" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Person required to put out chairs/equipment:</w:t>
-[...25 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              <w:t>Person required to put out chairs/equipment:   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcW w:w="4440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0004ADC5" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="4A552EC2" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Yes/ No</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E8B0800" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="40EFA6D0" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="5726C9E3" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="700DBB6C" w14:textId="77777777" w:rsidTr="5A79E279">
         <w:trPr>
           <w:trHeight w:val="45"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21B17707" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="44C09CE9" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Opening:</w:t>
-[...25 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              <w:t>Opening:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="302FFAB8" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="2C507B5A" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="BFBFBF"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>WHO</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:color w:val="BFBFBF"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:tcW w:w="2205" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BB24102" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="2698E3F8" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="BFBFBF"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>TIME</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:color w:val="BFBFBF"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4074AD3D" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="526E6461" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="36502340" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="17444B19" w14:textId="77777777" w:rsidTr="5A79E279">
         <w:trPr>
           <w:trHeight w:val="45"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="061BE34F" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="59DC046F" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Closing:</w:t>
-[...25 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              <w:t>Closing:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76EBF901" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="68A30D3C" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="BFBFBF"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>WHO</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:color w:val="BFBFBF"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:tcW w:w="2205" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55BC9B1D" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="523F9AC0" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="BFBFBF"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>TIME</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:color w:val="BFBFBF"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F979C33" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="6D209D6D" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="50A161EA" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="388D8866" w14:textId="77777777" w:rsidTr="5A79E279">
         <w:trPr>
           <w:trHeight w:val="45"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B65161B" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="3201B229" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Set up equipment</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="300DEB11" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="061C8B97" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="BFBFBF"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>WHO</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:color w:val="BFBFBF"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:tcW w:w="2205" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20FFBC2D" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="1023D848" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="BFBFBF"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>TIME</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:color w:val="BFBFBF"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DE2CB64" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="4A2CED04" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="0463F36A" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="1D8A45BE" w14:textId="77777777" w:rsidTr="5A79E279">
         <w:trPr>
           <w:trHeight w:val="45"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A363CC0" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="28B671A5" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Diarised:</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcW w:w="4440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DC57D6B" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="7A329071" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C6972BF" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="00DC4686" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="0A685D7F" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="71C120A5" w14:textId="77777777" w:rsidTr="5A79E279">
         <w:trPr>
           <w:trHeight w:val="45"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="097DDDD0" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="5CA2534E" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Entrance door used</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CB31FCC" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="5A62AF0A" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Cloisters</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:tcW w:w="2205" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3ED7A788" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="16E1F0BF" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>South door of church</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7242DEC0" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="74DD8841" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A93" w:rsidRPr="005C2A93" w14:paraId="02D9DF18" w14:textId="77777777" w:rsidTr="005C2A93">
+      <w:tr w:rsidR="0088036C" w:rsidRPr="0088036C" w14:paraId="1B60432A" w14:textId="77777777" w:rsidTr="5A79E279">
         <w:trPr>
           <w:trHeight w:val="45"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60D77A6C" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="190E3DAC" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Key required for Refectory?</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve">Key required for </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0088036C">
+              <w:rPr>
+                <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+              <w:t>Refectory?</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcW w:w="4440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45805E4C" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="5260C055" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Key required for Upper Room?</w:t>
             </w:r>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68AE5403" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+          <w:p w14:paraId="64BF5657" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2A93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005C2A93">
+            <w:r w:rsidRPr="0088036C">
               <w:rPr>
                 <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7B5053B0" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="56FD69E3" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="420" w:hanging="420"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="0070C0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53A77B14" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="52D41C2E" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="420" w:hanging="420"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="0070C0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E49EE13" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:color w:val="0070C0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B298DA6" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="653F0ED0" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...17 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="0088036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
+          <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="642BFBE9" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
+    <w:p w14:paraId="3F283F71" w14:textId="77777777" w:rsidR="0088036C" w:rsidRPr="0088036C" w:rsidRDefault="0088036C" w:rsidP="0088036C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C2A93">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="005C2A93">
+      <w:r w:rsidRPr="0088036C">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:eastAsia="Times New Roman" w:hAnsi="Corbel" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="066BF4FC" w14:textId="77777777" w:rsidR="005C2A93" w:rsidRPr="005C2A93" w:rsidRDefault="005C2A93" w:rsidP="005C2A93">
-[...55 lines deleted...]
-    <w:sectPr w:rsidR="009611F4" w:rsidRPr="005C2A93">
+    <w:p w14:paraId="177691AF" w14:textId="77777777" w:rsidR="009611F4" w:rsidRPr="0088036C" w:rsidRDefault="009611F4" w:rsidP="0088036C"/>
+    <w:sectPr w:rsidR="009611F4" w:rsidRPr="0088036C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...5 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Corbel">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000A44B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="06B919AE"/>
+    <w:nsid w:val="01EA29C9"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="DD4AE03E"/>
+    <w:tmpl w:val="82EAEE92"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="17"/>
+      <w:start w:val="9"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -17582,55 +14294,55 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0B555E34"/>
+    <w:nsid w:val="0A3134D0"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="8F624B7E"/>
+    <w:tmpl w:val="B2CA6BA2"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="18"/>
+      <w:start w:val="3"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -17695,53 +14407,1409 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0C264E79"/>
+    <w:nsid w:val="1A28152F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6AAA907E"/>
+    <w:tmpl w:val="CD5E247C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2108763B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EA0EC59A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="16"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24D007B4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5D6A25A8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="13"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3A4F35CB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BF409ECC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="18"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40D726F0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F790FCF4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="41BE658E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="822C50A6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="15"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="424220C6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2362E4B8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="10"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4BEA05D3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="27148288"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55974BBB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="13446948"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="12"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E18768B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="08261AF0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60212982"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="51E8C936"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="14"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="681B2619"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="973A02C0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="687941A9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="61DE0FBC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -17843,506 +15911,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="18401092"/>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6ADC575A"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="DBD624B0"/>
-[...451 lines deleted...]
-    <w:tmpl w:val="53985F84"/>
+    <w:tmpl w:val="9C48DF76"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -18444,958 +16060,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="266D5C8D"/>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C0434AC"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="92D09BD6"/>
-[...903 lines deleted...]
-    <w:tmpl w:val="EAE02918"/>
+    <w:tmpl w:val="EB3E512C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -19498,55 +16210,55 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="665D3A4C"/>
+    <w:nsid w:val="73375C56"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="51EAE57E"/>
+    <w:tmpl w:val="299801CE"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="8"/>
+      <w:start w:val="5"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -19611,55 +16323,55 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="666C04B8"/>
+    <w:nsid w:val="74C163ED"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="8F24D8AA"/>
+    <w:tmpl w:val="6B4E092E"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="7"/>
+      <w:start w:val="17"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -19724,55 +16436,55 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6EA575F3"/>
+    <w:nsid w:val="7BA71B80"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="8DEC3AE6"/>
+    <w:tmpl w:val="69FEAECE"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="5"/>
+      <w:start w:val="11"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -19837,55 +16549,55 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="79225A0D"/>
+    <w:nsid w:val="7EFF5198"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="E2AA4ECC"/>
+    <w:tmpl w:val="DAB84616"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="13"/>
+      <w:start w:val="2"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -19949,172 +16661,310 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1826428662">
+  <w:num w:numId="1" w16cid:durableId="853541638">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1650743961">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="240217090">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1183129476">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1903714878">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1502432057">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1775636592">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="105278887">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="265041499">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="116686082">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="349986677">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1206526493">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="751855709">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="367150141">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1722820674">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1142622859">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1181967783">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="17" w16cid:durableId="692727459">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="147795675">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="18" w16cid:durableId="1406494612">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="820579183">
+  <w:num w:numId="19" w16cid:durableId="1228614339">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="477914469">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1984462497">
-[...48 lines deleted...]
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="21" w16cid:durableId="49042410">
+    <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005C2A93"/>
-    <w:rsid w:val="00060A85"/>
+    <w:rsidRoot w:val="0088036C"/>
     <w:rsid w:val="001A22C3"/>
     <w:rsid w:val="001A53E8"/>
-    <w:rsid w:val="005C2A93"/>
-    <w:rsid w:val="006736BA"/>
+    <w:rsid w:val="002C2AF7"/>
+    <w:rsid w:val="003C40F4"/>
+    <w:rsid w:val="006E54A0"/>
+    <w:rsid w:val="00833174"/>
+    <w:rsid w:val="0088036C"/>
     <w:rsid w:val="009611F4"/>
-    <w:rsid w:val="00DD7CCA"/>
+    <w:rsid w:val="00A33CA9"/>
+    <w:rsid w:val="00CC3155"/>
+    <w:rsid w:val="00EE6992"/>
     <w:rsid w:val="00F31912"/>
+    <w:rsid w:val="00F4F2B6"/>
+    <w:rsid w:val="010F2E80"/>
+    <w:rsid w:val="01E8B100"/>
+    <w:rsid w:val="02814EE3"/>
+    <w:rsid w:val="03B4ECA2"/>
+    <w:rsid w:val="03D0CB38"/>
+    <w:rsid w:val="03E5765E"/>
+    <w:rsid w:val="0438E12E"/>
+    <w:rsid w:val="048DFD96"/>
+    <w:rsid w:val="04B425B3"/>
+    <w:rsid w:val="04C0E754"/>
+    <w:rsid w:val="04D23365"/>
+    <w:rsid w:val="052AA1A0"/>
+    <w:rsid w:val="056D6125"/>
+    <w:rsid w:val="072011A3"/>
+    <w:rsid w:val="09343EF5"/>
+    <w:rsid w:val="098B7492"/>
+    <w:rsid w:val="09AB0651"/>
+    <w:rsid w:val="09CF39FB"/>
+    <w:rsid w:val="09E3714A"/>
+    <w:rsid w:val="0B11EC53"/>
+    <w:rsid w:val="0D82E0A7"/>
+    <w:rsid w:val="0FF39157"/>
+    <w:rsid w:val="101B4F26"/>
+    <w:rsid w:val="10E0B19E"/>
+    <w:rsid w:val="1121B0C0"/>
+    <w:rsid w:val="11226FDE"/>
+    <w:rsid w:val="1224C520"/>
+    <w:rsid w:val="12EC11CC"/>
+    <w:rsid w:val="13483713"/>
+    <w:rsid w:val="13C724B4"/>
+    <w:rsid w:val="142A28B0"/>
+    <w:rsid w:val="14C13FA1"/>
+    <w:rsid w:val="16B50E37"/>
+    <w:rsid w:val="170A5C0F"/>
+    <w:rsid w:val="17991256"/>
+    <w:rsid w:val="191076A4"/>
+    <w:rsid w:val="19B8301E"/>
+    <w:rsid w:val="1A231432"/>
+    <w:rsid w:val="1CD0D0CA"/>
+    <w:rsid w:val="1CE056CA"/>
+    <w:rsid w:val="1EC6ACD3"/>
+    <w:rsid w:val="1FB4FFD7"/>
+    <w:rsid w:val="1FB94618"/>
+    <w:rsid w:val="2059FC9A"/>
+    <w:rsid w:val="222F7A2A"/>
+    <w:rsid w:val="233BAAFD"/>
+    <w:rsid w:val="237ABC72"/>
+    <w:rsid w:val="24292A24"/>
+    <w:rsid w:val="24964156"/>
+    <w:rsid w:val="24B2DF16"/>
+    <w:rsid w:val="24CCF8D0"/>
+    <w:rsid w:val="26F3D90E"/>
+    <w:rsid w:val="27B38432"/>
+    <w:rsid w:val="27E3E912"/>
+    <w:rsid w:val="2AD44C87"/>
+    <w:rsid w:val="2C8D9CCB"/>
+    <w:rsid w:val="2E0BDA76"/>
+    <w:rsid w:val="2E6E028A"/>
+    <w:rsid w:val="315446F4"/>
+    <w:rsid w:val="31A1C89E"/>
+    <w:rsid w:val="32199DAE"/>
+    <w:rsid w:val="330D2F84"/>
+    <w:rsid w:val="350FF2B7"/>
+    <w:rsid w:val="390E71CE"/>
+    <w:rsid w:val="3954F22A"/>
+    <w:rsid w:val="3956DDE3"/>
+    <w:rsid w:val="3B9CFD51"/>
+    <w:rsid w:val="3DD69A12"/>
+    <w:rsid w:val="40C36978"/>
+    <w:rsid w:val="420D54D2"/>
+    <w:rsid w:val="4211D8A6"/>
+    <w:rsid w:val="433BCE8D"/>
+    <w:rsid w:val="4557FB73"/>
+    <w:rsid w:val="46A827CB"/>
+    <w:rsid w:val="471E54D3"/>
+    <w:rsid w:val="47275490"/>
+    <w:rsid w:val="47A94001"/>
+    <w:rsid w:val="48534B95"/>
+    <w:rsid w:val="4857986F"/>
+    <w:rsid w:val="4A681551"/>
+    <w:rsid w:val="4B4CBB70"/>
+    <w:rsid w:val="4B878444"/>
+    <w:rsid w:val="4BAA6CE2"/>
+    <w:rsid w:val="4BFD3B8F"/>
+    <w:rsid w:val="4D8033C4"/>
+    <w:rsid w:val="4E07D7AA"/>
+    <w:rsid w:val="4E9970DF"/>
+    <w:rsid w:val="4F76AE72"/>
+    <w:rsid w:val="4F783B7C"/>
+    <w:rsid w:val="50303F99"/>
+    <w:rsid w:val="5094D191"/>
+    <w:rsid w:val="52654104"/>
+    <w:rsid w:val="56039BC0"/>
+    <w:rsid w:val="57EB6534"/>
+    <w:rsid w:val="58ED15CB"/>
+    <w:rsid w:val="598A7AD4"/>
+    <w:rsid w:val="59A94A84"/>
+    <w:rsid w:val="5A79E279"/>
+    <w:rsid w:val="5B29E580"/>
+    <w:rsid w:val="5CA4CA51"/>
+    <w:rsid w:val="5D0F05BF"/>
+    <w:rsid w:val="5DD15EE2"/>
+    <w:rsid w:val="602F8896"/>
+    <w:rsid w:val="604477F0"/>
+    <w:rsid w:val="604836DB"/>
+    <w:rsid w:val="61C81D63"/>
+    <w:rsid w:val="64882438"/>
+    <w:rsid w:val="67726ADF"/>
+    <w:rsid w:val="679C7FD5"/>
+    <w:rsid w:val="67FDD36E"/>
+    <w:rsid w:val="69F86929"/>
+    <w:rsid w:val="6AB6FB34"/>
+    <w:rsid w:val="6ACAB8B9"/>
+    <w:rsid w:val="6C5BBF14"/>
+    <w:rsid w:val="6CAB835B"/>
+    <w:rsid w:val="6CDE776B"/>
+    <w:rsid w:val="6EE7CBD8"/>
+    <w:rsid w:val="70513473"/>
+    <w:rsid w:val="70CF0085"/>
+    <w:rsid w:val="71B78DE9"/>
+    <w:rsid w:val="727A31BD"/>
+    <w:rsid w:val="7361C905"/>
+    <w:rsid w:val="738954B4"/>
+    <w:rsid w:val="74702D33"/>
+    <w:rsid w:val="74C4DF3B"/>
+    <w:rsid w:val="755233D2"/>
+    <w:rsid w:val="7649C83B"/>
+    <w:rsid w:val="7838AE3B"/>
+    <w:rsid w:val="783C7A06"/>
+    <w:rsid w:val="7A44FF05"/>
+    <w:rsid w:val="7A835C1E"/>
+    <w:rsid w:val="7CF5B4BA"/>
+    <w:rsid w:val="7FBC0526"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="630E57E1"/>
+  <w14:docId w14:val="2F539441"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{607F0124-1EBC-45BF-BFD0-BB56F2B05F20}"/>
+  <w15:docId w15:val="{8B1822DC-008F-4377-80D8-85F9D2699A6B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -20470,6771 +17320,6217 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
-[...197 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...119 lines deleted...]
-    <w:name w:val="Title"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
-[...170 lines deleted...]
-    <w:rsid w:val="005C2A93"/>
+    <w:rsid w:val="0088036C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
-[...16 lines deleted...]
-    <w:name w:val="textrun"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="005C2A93"/>
+    <w:rsid w:val="0088036C"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="005C2A93"/>
+    <w:rsid w:val="0088036C"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
-    <w:name w:val="eop"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scxw12994204">
+    <w:name w:val="scxw12994204"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="005C2A93"/>
-[...4 lines deleted...]
-    <w:rsid w:val="005C2A93"/>
+    <w:rsid w:val="0088036C"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="wacimagecontainer">
     <w:name w:val="wacimagecontainer"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="005C2A93"/>
+    <w:rsid w:val="0088036C"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="wacimageborder">
-    <w:name w:val="wacimageborder"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="contentcontrolboundarysink">
+    <w:name w:val="contentcontrolboundarysink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="005C2A93"/>
+    <w:rsid w:val="0088036C"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="outlineelement">
-[...16 lines deleted...]
-    <w:name w:val="linebreakblob"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="tabchar">
+    <w:name w:val="tabchar"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="005C2A93"/>
+    <w:rsid w:val="0088036C"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005C2A93"/>
+    <w:rsid w:val="00833174"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
-    <w:name w:val="FollowedHyperlink"/>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005C2A93"/>
+    <w:rsid w:val="00833174"/>
     <w:rPr>
-      <w:color w:val="800080"/>
-      <w:u w:val="single"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
-  </w:style>
-[...13 lines deleted...]
-    <w:rsid w:val="005C2A93"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="1531991602">
+    <w:div w:id="1831752256">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="578366560">
+        <w:div w:id="692877723">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1227493805">
+            <w:div w:id="718667967">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="697967399">
+            <w:div w:id="360739633">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="794762047">
+            <w:div w:id="961424568">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1660578812">
+            <w:div w:id="748307636">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1519268680">
+            <w:div w:id="1515535138">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="2012177982">
+            <w:div w:id="715930290">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1906139923">
+            <w:div w:id="1674842086">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1777287497">
+            <w:div w:id="2131438851">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="34355279">
+            <w:div w:id="1015229393">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1426877609">
+            <w:div w:id="30889073">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="868686088">
+            <w:div w:id="277226868">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1779253134">
+            <w:div w:id="1696425512">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1284536446">
+            <w:div w:id="1066806361">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="521671336">
+            <w:div w:id="1539662993">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="953681404">
+            <w:div w:id="695885987">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="819885215">
+            <w:div w:id="1739476543">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="880749862">
+            <w:div w:id="1564826036">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="810748747">
+            <w:div w:id="1962764598">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1044058141">
+            <w:div w:id="1425765218">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1748764120">
+        <w:div w:id="1843472908">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="835851025">
+        <w:div w:id="830759735">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="189800322">
+        <w:div w:id="1579826766">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1195653812">
+        <w:div w:id="1971858472">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="2137331438">
+            <w:div w:id="1691292576">
               <w:marLeft w:val="-75"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="30"/>
               <w:marBottom w:val="30"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1750537456">
+                <w:div w:id="2034261793">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1306469368">
+                    <w:div w:id="1341204129">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="716591886">
+                <w:div w:id="669912437">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1428690266">
+                    <w:div w:id="430975003">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="549152417">
+                <w:div w:id="1920748064">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1422526412">
+                    <w:div w:id="1215772078">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="851335180">
+                <w:div w:id="149366014">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1114132951">
+                    <w:div w:id="1383946103">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1346714852">
+                <w:div w:id="1356156827">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1849834022">
+                    <w:div w:id="942034067">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="29767304">
+                <w:div w:id="179900158">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="354699286">
+                    <w:div w:id="128982515">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="116291729">
+                <w:div w:id="1730417290">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="272905830">
+                    <w:div w:id="995376522">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="201211529">
+                <w:div w:id="987587257">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1941374066">
+                    <w:div w:id="1381711885">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="64618792">
+                <w:div w:id="1594124544">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="404448807">
+                    <w:div w:id="2077583603">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="431435807">
+                <w:div w:id="1631859573">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1781148249">
+                    <w:div w:id="1447240385">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="90979575">
+                <w:div w:id="1100761950">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="567112452">
+                    <w:div w:id="595332225">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1313025411">
+                <w:div w:id="1713504712">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1579368207">
+                    <w:div w:id="1888757382">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="687684379">
+                <w:div w:id="114756797">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="32928327">
+                    <w:div w:id="1539584404">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1134448651">
+                <w:div w:id="1537350244">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="135147849">
+                    <w:div w:id="1032534156">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1721980820">
+                <w:div w:id="955134248">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1707485643">
+                    <w:div w:id="1856461715">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1252738030">
+                <w:div w:id="746608293">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1731999329">
+                    <w:div w:id="1832981623">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1108428595">
+                <w:div w:id="1497576824">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="789931267">
+                    <w:div w:id="657420965">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="3480220">
+                <w:div w:id="491482187">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="504979489">
+                    <w:div w:id="1236622843">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1479613285">
+                <w:div w:id="1015883995">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1445226372">
+                    <w:div w:id="449129306">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1240867133">
+                <w:div w:id="1599869754">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1899827340">
+                    <w:div w:id="1597862906">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1555002416">
+                <w:div w:id="851139519">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1008681130">
+                    <w:div w:id="466238086">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1516457034">
+                <w:div w:id="169026989">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="181482005">
+                    <w:div w:id="1589656784">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1798572323">
+                <w:div w:id="1336691712">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1151366622">
+                    <w:div w:id="1581866700">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1378120313">
+                <w:div w:id="62801084">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="334915086">
+                    <w:div w:id="1120682272">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1763799892">
+                <w:div w:id="816185682">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="747727609">
+                    <w:div w:id="238247247">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1009866845">
+                <w:div w:id="1567452256">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="2113936834">
+                    <w:div w:id="1055356795">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1048526729">
+                <w:div w:id="1957133607">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="222526674">
+                    <w:div w:id="1335038810">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="105199621">
+                <w:div w:id="31855512">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="142087343">
+                    <w:div w:id="1686008580">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1902133048">
+                <w:div w:id="651787697">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="766191268">
+                    <w:div w:id="852380505">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1418479944">
+                <w:div w:id="1473215360">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1797219627">
+                    <w:div w:id="531575173">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1260020251">
+                <w:div w:id="1840077449">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="2137677672">
+                    <w:div w:id="6909379">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1985621962">
+                <w:div w:id="1326980084">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1282228815">
+                    <w:div w:id="1278827568">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="606229365">
+                <w:div w:id="808789451">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="2033191667">
+                    <w:div w:id="1984499791">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="270281590">
+                <w:div w:id="2079014839">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1530491095">
+                    <w:div w:id="1811094757">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="849611706">
+                <w:div w:id="989872496">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1484816094">
+                    <w:div w:id="1788700837">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1821195460">
+                <w:div w:id="951865400">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="2018775925">
+                    <w:div w:id="189337446">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="559443936">
+                <w:div w:id="885726744">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1276055160">
+                    <w:div w:id="115220156">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="2085374965">
+                <w:div w:id="1067803987">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="2056813616">
+                    <w:div w:id="308680280">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1577589762">
+                <w:div w:id="211578582">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="270866853">
+                    <w:div w:id="1468208226">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1275015827">
+                <w:div w:id="110560250">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="369499203">
+                    <w:div w:id="917401081">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="923032624">
+                <w:div w:id="1243022783">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="920871400">
+                    <w:div w:id="434716875">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="297221878">
+                <w:div w:id="842352424">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1319992756">
+                    <w:div w:id="171796702">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1818760671">
+                <w:div w:id="1821457511">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="2106878743">
+                    <w:div w:id="1560241265">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="2044939746">
+                <w:div w:id="2144500675">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="183519787">
+                    <w:div w:id="1262224077">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="219482437">
+                <w:div w:id="2100828730">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1882477474">
+                    <w:div w:id="68504848">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1180697917">
+                <w:div w:id="1884126172">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="665016608">
+                    <w:div w:id="955940819">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1957638802">
+                <w:div w:id="881402472">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="254484405">
+                    <w:div w:id="1137332671">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1996638063">
+                <w:div w:id="592932824">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="449131156">
+                    <w:div w:id="10843469">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1526941370">
+                <w:div w:id="1467360349">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="2108191601">
+                    <w:div w:id="1691375377">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="297105024">
+                <w:div w:id="1155996047">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1685744454">
+                    <w:div w:id="113790549">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="422728303">
+                <w:div w:id="507405282">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="981538718">
+                    <w:div w:id="280189409">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="949554343">
+                <w:div w:id="1633828982">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="24645247">
+                    <w:div w:id="1866627507">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1221939988">
+                <w:div w:id="448932388">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="2062557198">
+                    <w:div w:id="2081705973">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="306085510">
+                <w:div w:id="909969184">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1413939224">
+                    <w:div w:id="951984395">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1978602676">
+                <w:div w:id="749928775">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="2076855841">
+                    <w:div w:id="1740906226">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="276568945">
+                <w:div w:id="1770856849">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="957108790">
+                    <w:div w:id="275405229">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="390080820">
+                <w:div w:id="73864494">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1275018054">
+                    <w:div w:id="927227003">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="161971595">
+                <w:div w:id="49310767">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1427455574">
+                    <w:div w:id="53313295">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1647736610">
+                <w:div w:id="1672179371">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1981300369">
+                    <w:div w:id="1601179338">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="829758215">
+                <w:div w:id="917399381">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="58721962">
+                    <w:div w:id="791244372">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1186939977">
+                <w:div w:id="508521696">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1634553096">
+                    <w:div w:id="1215964884">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1474524326">
+                <w:div w:id="291524561">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1027096406">
+                    <w:div w:id="1882278991">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1494418734">
+                <w:div w:id="418016220">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="570509990">
+                    <w:div w:id="684132900">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="846334471">
+                <w:div w:id="1930844462">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1174148125">
+                    <w:div w:id="12341597">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1346791000">
+                <w:div w:id="1977641291">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="917977204">
+                    <w:div w:id="1359116997">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="629088430">
+                <w:div w:id="1254629002">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1482310094">
+                    <w:div w:id="398404419">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1207838192">
+                <w:div w:id="810171653">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="961225545">
+                    <w:div w:id="822090485">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1437604605">
+                <w:div w:id="1354380363">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="2146509498">
+                    <w:div w:id="341904507">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1910184924">
+                <w:div w:id="504856089">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="2048336468">
+                    <w:div w:id="1102188039">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="50423787">
+                <w:div w:id="1020931826">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1368917716">
+                    <w:div w:id="1043603246">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="972445338">
+        <w:div w:id="75634684">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1012419245">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2043091558">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1553925986">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1210072636">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="739517862">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1481266297">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1339649774">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1188103300">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1114665724">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1795367404">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1876312635">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="694959965">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="846948339">
+            <w:div w:id="2022537567">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="56324600">
+            <w:div w:id="1827745356">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1694261770">
+            <w:div w:id="1039354594">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1046873458">
+            <w:div w:id="1472137679">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1662003048">
+            <w:div w:id="1872569083">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1553803884">
+            <w:div w:id="1343361369">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="215119803">
+            <w:div w:id="800414979">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1799952896">
+            <w:div w:id="654452351">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="302780964">
+            <w:div w:id="11953748">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="2054965293">
+            <w:div w:id="992870811">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="2055814978">
+            <w:div w:id="1768040579">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1861820024">
+            <w:div w:id="309135023">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="2040739444">
+            <w:div w:id="121190409">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="170686672">
+            <w:div w:id="1384986381">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1693341043">
+            <w:div w:id="2008901838">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="764227156">
+            <w:div w:id="251204917">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="2024818530">
+            <w:div w:id="576869451">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1083263641">
+            <w:div w:id="812600163">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1600211153">
+            <w:div w:id="765538635">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1209414751">
+            <w:div w:id="1731923853">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="961955040">
+        <w:div w:id="1059355966">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1597906743">
+            <w:div w:id="2006861667">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="44527963">
+            <w:div w:id="903879132">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="993679252">
+            <w:div w:id="293601829">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="525755156">
+            <w:div w:id="1453012730">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="533227592">
-[...143 lines deleted...]
-            <w:div w:id="1087463435">
+            <w:div w:id="966933957">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1548684015">
+        <w:div w:id="1609772593">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="88744384">
+            <w:div w:id="1387605735">
               <w:marLeft w:val="-75"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="30"/>
               <w:marBottom w:val="30"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="2143224826">
+                <w:div w:id="285743762">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1349333172">
+                    <w:div w:id="1596479871">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1586770119">
+                <w:div w:id="217715631">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="701980538">
+                    <w:div w:id="1837530815">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1231647937">
+                <w:div w:id="1571500643">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1408919785">
+                    <w:div w:id="979072978">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="909265719">
+                <w:div w:id="1941839214">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="836652402">
+                    <w:div w:id="519511819">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="921330746">
+                <w:div w:id="1424035430">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="286863491">
+                    <w:div w:id="412819240">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="899680177">
+                <w:div w:id="1177885366">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="984774018">
+                    <w:div w:id="2063821393">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="329873089">
+                <w:div w:id="1623539740">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="263458444">
+                    <w:div w:id="1150629831">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="2103719258">
+                <w:div w:id="1081870534">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1998460879">
+                    <w:div w:id="518592111">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="2039697902">
+                <w:div w:id="34501229">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1414349949">
+                    <w:div w:id="402605564">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1384327507">
+                <w:div w:id="1496608519">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="982386407">
+                    <w:div w:id="1580016464">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1072192839">
+                <w:div w:id="424302240">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1457605349">
+                    <w:div w:id="326638895">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1885171582">
+                <w:div w:id="2033189892">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="487676694">
+                    <w:div w:id="1617904014">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1757047614">
+                <w:div w:id="1499535320">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1397776940">
+                    <w:div w:id="591359987">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="48574668">
+                <w:div w:id="621037470">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1362508117">
+                    <w:div w:id="1383022544">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="70738222">
+                <w:div w:id="1719285317">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="389428144">
+                    <w:div w:id="615600376">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="553393660">
+                <w:div w:id="276185650">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1108886377">
+                    <w:div w:id="43142593">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="998769061">
+        <w:div w:id="1483157555">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="175003620">
+            <w:div w:id="515729077">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1819301967">
+            <w:div w:id="1533573575">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1997801014">
+            <w:div w:id="2094692562">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1182281763">
+            <w:div w:id="1305431389">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="855769883">
+            <w:div w:id="119613883">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="778454130">
+            <w:div w:id="53941415">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1812550594">
+            <w:div w:id="1430391818">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1424915588">
+            <w:div w:id="241645137">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1292904353">
+            <w:div w:id="115026088">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1345522999">
+            <w:div w:id="1503008238">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1923560393">
+            <w:div w:id="1761174360">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="726758867">
+        <w:div w:id="703168122">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1463232673">
+        <w:div w:id="785538695">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="984816696">
+        <w:div w:id="350423017">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="776674753">
+        <w:div w:id="664355317">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="385449961">
+            <w:div w:id="1421563788">
               <w:marLeft w:val="-75"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="30"/>
               <w:marBottom w:val="30"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="134563388">
+                <w:div w:id="494878805">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="824013283">
+                    <w:div w:id="253171434">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="851459198">
+                    <w:div w:id="454180167">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1262756456">
+                    <w:div w:id="1845901483">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1784032811">
+                <w:div w:id="1027294062">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="148985384">
+                    <w:div w:id="176817010">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="421224512">
+                <w:div w:id="595097842">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="745539335">
+                    <w:div w:id="1957248759">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="376003591">
+                <w:div w:id="1120758359">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="287779693">
+                    <w:div w:id="2059628317">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="637421203">
+                <w:div w:id="319388464">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="317536157">
+                    <w:div w:id="684670774">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1499879651">
+                <w:div w:id="1402945687">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="480464664">
+                    <w:div w:id="326448464">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="2066176920">
+                <w:div w:id="1788156698">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="806321351">
+                    <w:div w:id="2119063938">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="200362066">
+                <w:div w:id="798181205">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1752701857">
+                    <w:div w:id="1304041348">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="33847274">
+                <w:div w:id="632370552">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="523247341">
+                    <w:div w:id="672994183">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1939823577">
+                <w:div w:id="1234664673">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1849758070">
+                    <w:div w:id="1129863620">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="827330025">
+                <w:div w:id="798912942">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="716854753">
+                    <w:div w:id="1659651688">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1978755755">
+        <w:div w:id="31812699">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="953513145">
+        <w:div w:id="2085685864">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="314602995">
+        <w:div w:id="1318336597">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="531698579">
+        <w:div w:id="851606119">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="142936138">
+        <w:div w:id="1662806705">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="2080244569">
+        <w:div w:id="715619814">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1517690762">
+        <w:div w:id="856315129">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1336570366">
+            <w:div w:id="1427730898">
               <w:marLeft w:val="-75"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="30"/>
               <w:marBottom w:val="30"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="793476944">
+                <w:div w:id="2110654856">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1899586251">
+                    <w:div w:id="38747303">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="368260561">
+                <w:div w:id="716315879">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1341588387">
+                    <w:div w:id="738021710">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1780028735">
+                <w:div w:id="1189491202">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="957906312">
+                    <w:div w:id="1766732221">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="888692518">
+                <w:div w:id="1101489091">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="712652411">
+                    <w:div w:id="2146313974">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="181942724">
+                <w:div w:id="848833333">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1588149546">
+                    <w:div w:id="1359770857">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1391078741">
+                <w:div w:id="1739134922">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1075740479">
+                    <w:div w:id="342972421">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="39210973">
+                <w:div w:id="519662830">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="553347913">
+                    <w:div w:id="488642953">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1676613309">
+                <w:div w:id="1040669143">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1799450988">
+                    <w:div w:id="546769662">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1725058865">
+                <w:div w:id="1898198809">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1489782938">
+                    <w:div w:id="831289752">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1799103585">
+                <w:div w:id="1693721271">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="903954492">
+                    <w:div w:id="1160079106">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1813327233">
+                <w:div w:id="1889953464">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="766971951">
+                    <w:div w:id="1784812108">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1387601378">
+                <w:div w:id="885338524">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1030304173">
+                    <w:div w:id="1252741584">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1890067733">
+                <w:div w:id="1577206575">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="47653608">
+                    <w:div w:id="1184048726">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="871191000">
+                    <w:div w:id="1232159364">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="773939851">
+                <w:div w:id="896087207">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="997811168">
+                    <w:div w:id="34936268">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="628781150">
+                <w:div w:id="1567377205">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="139806032">
+                    <w:div w:id="307514282">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="2048992961">
+                <w:div w:id="1438791980">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="2116511814">
+                    <w:div w:id="1611008296">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1967274596">
+                <w:div w:id="2107842759">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1268585887">
+                    <w:div w:id="1644119568">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1442411255">
+                <w:div w:id="1144011437">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="728457628">
+                    <w:div w:id="1976175932">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="2101371701">
+                <w:div w:id="691613175">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="713426604">
+                    <w:div w:id="306201159">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="868681268">
+                <w:div w:id="264926731">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="2130010714">
+                    <w:div w:id="1870608375">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1309481885">
+                <w:div w:id="1097675602">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="200559403">
+                    <w:div w:id="618532076">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="7342466">
+                <w:div w:id="592517137">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1877542465">
+                    <w:div w:id="1697077885">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="2076001064">
+                <w:div w:id="656029947">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1306198066">
+                    <w:div w:id="1091700878">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1199508611">
+                <w:div w:id="999892000">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1804348060">
+                    <w:div w:id="440034696">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="334650055">
+                <w:div w:id="1433814737">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="290017833">
+                    <w:div w:id="1982880153">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="409619222">
+                <w:div w:id="232662811">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="930309871">
+                    <w:div w:id="1455442366">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="848522297">
+                <w:div w:id="714936608">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="517889212">
+                    <w:div w:id="1434664538">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="2054189459">
+        <w:div w:id="1929534051">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="952203273">
+        <w:div w:id="448474820">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="624576969">
+        <w:div w:id="454956403">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1040087574">
+        <w:div w:id="1991908275">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1544907176">
+        <w:div w:id="1073356226">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1872837889">
+        <w:div w:id="647630514">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1977297994">
+        <w:div w:id="1539735502">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="836648831">
+        <w:div w:id="839082145">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="225997559">
+        <w:div w:id="692927482">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="159203856">
+        <w:div w:id="1878199286">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="217060642">
+        <w:div w:id="1956208098">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1292176348">
+        <w:div w:id="991183158">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1869684790">
+        <w:div w:id="1256553400">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1397968477">
+        <w:div w:id="1869367328">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1385643188">
+        <w:div w:id="111025212">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1392845144">
+        <w:div w:id="813302743">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="159124159">
+            <w:div w:id="1680035550">
               <w:marLeft w:val="-75"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="30"/>
               <w:marBottom w:val="30"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="479884060">
+                <w:div w:id="899247347">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1523011210">
+                    <w:div w:id="1245916034">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1379356771">
+                <w:div w:id="1826974214">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="281957954">
+                    <w:div w:id="1412845610">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1107118187">
+                <w:div w:id="1113667369">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="112748633">
+                    <w:div w:id="168104406">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="986321795">
+                <w:div w:id="1003243479">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1524635798">
+                    <w:div w:id="1220441057">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1110273709">
+                <w:div w:id="83843038">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="599988591">
+                    <w:div w:id="430441189">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="15474317">
+                <w:div w:id="2062749495">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="2088526955">
+                    <w:div w:id="146636175">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1532838818">
+                <w:div w:id="1235355965">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="716900054">
+                    <w:div w:id="1335691850">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1890458206">
+                <w:div w:id="1328286450">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1147432260">
+                    <w:div w:id="1907688470">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="889145431">
+                <w:div w:id="850265600">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="314185327">
+                    <w:div w:id="2004042047">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="627004805">
+                <w:div w:id="378093250">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1011949905">
+                    <w:div w:id="1175875479">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="436561809">
+                <w:div w:id="1692797595">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1905067079">
+                    <w:div w:id="798452769">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="820970696">
+                <w:div w:id="1474757422">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1157916353">
+                    <w:div w:id="1725519723">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="244925728">
+                <w:div w:id="272709030">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1743720990">
+                    <w:div w:id="139737966">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="318923880">
+                <w:div w:id="2056268222">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="2118065678">
+                    <w:div w:id="1082994611">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="779109985">
+                <w:div w:id="1182863641">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="133302063">
+                    <w:div w:id="1874490808">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1297105714">
+                <w:div w:id="1130562166">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="364253664">
+                    <w:div w:id="1877544953">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="241912426">
+                <w:div w:id="1850099074">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1992711388">
+                    <w:div w:id="1774789874">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="654574011">
+                <w:div w:id="283274979">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1786775724">
+                    <w:div w:id="615524172">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1049649561">
+                <w:div w:id="1162502298">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1594701195">
+                    <w:div w:id="459693471">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1050612921">
+                <w:div w:id="988636040">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1410469056">
+                    <w:div w:id="714427275">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1848248530">
+                <w:div w:id="1374768781">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="399518292">
+                    <w:div w:id="2124811517">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="978265993">
+                <w:div w:id="1015959495">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1610308836">
+                    <w:div w:id="449780646">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1120949883">
+                <w:div w:id="2052222704">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1501845842">
+                    <w:div w:id="905139839">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1405032421">
+                <w:div w:id="1127313160">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1536691453">
+                    <w:div w:id="160850085">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="852063500">
+                <w:div w:id="760610927">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="683628024">
+                    <w:div w:id="921068665">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1811555813">
+                <w:div w:id="628706098">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1769813382">
+                    <w:div w:id="1009674218">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="405494129">
+                <w:div w:id="168372528">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1653484337">
+                    <w:div w:id="1400788531">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1605113501">
+                <w:div w:id="502234997">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1913419897">
+                    <w:div w:id="550306834">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1267928768">
+                <w:div w:id="63377048">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="147601334">
+                    <w:div w:id="1519615809">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="367293477">
+                <w:div w:id="354044180">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1657219275">
+                    <w:div w:id="1782458885">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1397362000">
+                <w:div w:id="1213729651">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1239167318">
+                    <w:div w:id="516164477">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="701126709">
+                <w:div w:id="508646179">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1212110361">
+                    <w:div w:id="1298994295">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1266772186">
+                <w:div w:id="1906530720">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="325985855">
+                    <w:div w:id="1941640563">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="95373836">
+                <w:div w:id="1989086034">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="357321013">
+                    <w:div w:id="2096514706">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1639067450">
+                <w:div w:id="1723366026">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1189948318">
+                    <w:div w:id="1096945000">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="728960588">
+                <w:div w:id="466047862">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1413309348">
+                    <w:div w:id="560753302">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="2020041994">
+                <w:div w:id="168372738">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="284848379">
+                    <w:div w:id="2035229188">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1715883257">
+                <w:div w:id="2034987565">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1494178218">
+                    <w:div w:id="871917929">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="472913680">
+                <w:div w:id="1749304391">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="2052535524">
+                    <w:div w:id="1689405087">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1641615541">
+                <w:div w:id="979923491">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1445226873">
+                    <w:div w:id="1885829657">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1910187744">
+                <w:div w:id="251091736">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="2037196899">
+                    <w:div w:id="1264268652">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1430659518">
+                <w:div w:id="1924992338">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1619993898">
+                    <w:div w:id="1201627990">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1681196218">
+                <w:div w:id="267472936">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1980190044">
+                    <w:div w:id="260528705">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="330451466">
+                <w:div w:id="1144927896">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1764649445">
+                    <w:div w:id="793214132">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="278806090">
+                <w:div w:id="1189294452">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="239340625">
+                    <w:div w:id="43481428">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="367949712">
+                <w:div w:id="623194708">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="824207001">
+                    <w:div w:id="971791194">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1831095953">
+                <w:div w:id="442723698">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="2122217240">
+                    <w:div w:id="1174884071">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1596741068">
+                <w:div w:id="1176725350">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="539901228">
+                    <w:div w:id="1190222129">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1426457649">
+                <w:div w:id="729352006">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="50732747">
+                    <w:div w:id="1344278987">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="336881983">
+                <w:div w:id="946078673">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1456749569">
+                    <w:div w:id="201015959">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="390274839">
+                <w:div w:id="848720077">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="948507940">
+                    <w:div w:id="1625574793">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1385788573">
+                <w:div w:id="1554737205">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1491093084">
+                    <w:div w:id="8263580">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="852064043">
+        <w:div w:id="1274480352">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1774592799">
+        <w:div w:id="1424916174">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1723602661">
+        <w:div w:id="1274899657">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1726440987">
+        <w:div w:id="1992176511">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="766465285">
-[...11 lines deleted...]
-        <w:div w:id="1080837027">
+        <w:div w:id="658773116">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bookings@stlaurencechorley.co.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ops@stlaurencechorley.co.uk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -27242,54 +23538,54 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
@@ -27442,59 +23738,489 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_Flow_SignoffStatus xmlns="ac203876-d42f-4b11-8bd4-fcdf5535cb59" xsi:nil="true"/>
+    <time xmlns="ac203876-d42f-4b11-8bd4-fcdf5535cb59" xsi:nil="true"/>
+    <TaxCatchAll xmlns="ccd90c7d-4733-4dd4-909c-acca35561007" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ac203876-d42f-4b11-8bd4-fcdf5535cb59">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Thumbnail xmlns="ac203876-d42f-4b11-8bd4-fcdf5535cb59" xsi:nil="true"/>
+    <Status xmlns="ac203876-d42f-4b11-8bd4-fcdf5535cb59" xsi:nil="true"/>
+    <DocumentType xmlns="ac203876-d42f-4b11-8bd4-fcdf5535cb59" xsi:nil="true"/>
+    <PCCApprovalDate xmlns="ac203876-d42f-4b11-8bd4-fcdf5535cb59" xsi:nil="true"/>
+    <IssueDate xmlns="ac203876-d42f-4b11-8bd4-fcdf5535cb59" xsi:nil="true"/>
+    <NextReviewDate xmlns="ac203876-d42f-4b11-8bd4-fcdf5535cb59" xsi:nil="true"/>
+    <Notes xmlns="ac203876-d42f-4b11-8bd4-fcdf5535cb59" xsi:nil="true"/>
+    <ReviewCycle xmlns="ac203876-d42f-4b11-8bd4-fcdf5535cb59" xsi:nil="true"/>
+    <DueDate xmlns="ac203876-d42f-4b11-8bd4-fcdf5535cb59" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CEA611ED8AF1434EA21A884F3F57A010" ma:contentTypeVersion="29" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8222fbe374179aeaf977d493a14f3b26">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ac203876-d42f-4b11-8bd4-fcdf5535cb59" xmlns:ns3="ccd90c7d-4733-4dd4-909c-acca35561007" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="61ad7b86d29c1bbdc7b31623ebf24d88" ns2:_="" ns3:_="">
+    <xsd:import namespace="ac203876-d42f-4b11-8bd4-fcdf5535cb59"/>
+    <xsd:import namespace="ccd90c7d-4733-4dd4-909c-acca35561007"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:time" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:Thumbnail" minOccurs="0"/>
+                <xsd:element ref="ns2:Status" minOccurs="0"/>
+                <xsd:element ref="ns2:PCCApprovalDate" minOccurs="0"/>
+                <xsd:element ref="ns2:IssueDate" minOccurs="0"/>
+                <xsd:element ref="ns2:DocumentType" minOccurs="0"/>
+                <xsd:element ref="ns2:DueDate" minOccurs="0"/>
+                <xsd:element ref="ns2:NextReviewDate" minOccurs="0"/>
+                <xsd:element ref="ns2:Notes" minOccurs="0"/>
+                <xsd:element ref="ns2:ReviewCycle" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ac203876-d42f-4b11-8bd4-fcdf5535cb59" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="13" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="16" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="17" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="45873ea5-ffc1-46b1-b166-ed4d688fcc1e" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="time" ma:index="23" nillable="true" ma:displayName="time" ma:format="DateOnly" ma:internalName="time">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_Flow_SignoffStatus" ma:index="25" nillable="true" ma:displayName="Sign-off status" ma:internalName="Sign_x002d_off_x0020_status">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="26" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="27" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Thumbnail" ma:index="28" nillable="true" ma:displayName="Thumbnail" ma:format="Thumbnail" ma:internalName="Thumbnail">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Status" ma:index="29" nillable="true" ma:displayName="Status" ma:format="Dropdown" ma:internalName="Status">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Approved"/>
+          <xsd:enumeration value="Needs Approval"/>
+          <xsd:enumeration value="Needs Review"/>
+          <xsd:enumeration value="Policy/Procedure Incomplete"/>
+          <xsd:enumeration value="TBC"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PCCApprovalDate" ma:index="30" nillable="true" ma:displayName="PCC Approval Date" ma:format="DateOnly" ma:internalName="PCCApprovalDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="IssueDate" ma:index="31" nillable="true" ma:displayName="Issue Date" ma:format="DateOnly" ma:internalName="IssueDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="DocumentType" ma:index="32" nillable="true" ma:displayName="Document Type" ma:format="Dropdown" ma:internalName="DocumentType">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Policy"/>
+          <xsd:enumeration value="Procedure"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="DueDate" ma:index="33" nillable="true" ma:displayName="Due Date" ma:format="DateOnly" ma:internalName="DueDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="NextReviewDate" ma:index="34" nillable="true" ma:displayName="Next Review Date" ma:format="DateOnly" ma:internalName="NextReviewDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Notes" ma:index="35" nillable="true" ma:displayName="Notes" ma:format="Dropdown" ma:internalName="Notes">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="ReviewCycle" ma:index="36" nillable="true" ma:displayName="Review Cycle" ma:format="Dropdown" ma:internalName="ReviewCycle">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="12 months"/>
+          <xsd:enumeration value="18 months"/>
+          <xsd:enumeration value="24 months"/>
+          <xsd:enumeration value="36 months"/>
+          <xsd:enumeration value="Not Stated"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ccd90c7d-4733-4dd4-909c-acca35561007" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="21" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{c32c411b-d925-4846-a558-3f21ba4dd55f}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="ccd90c7d-4733-4dd4-909c-acca35561007">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0939F8AB-D478-4200-A400-77AD6D6D7920}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ac203876-d42f-4b11-8bd4-fcdf5535cb59"/>
+    <ds:schemaRef ds:uri="ccd90c7d-4733-4dd4-909c-acca35561007"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6DCB2D8D-B585-4617-A5EA-F254FAFBBCC8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0210E09F-A55D-47E9-A6F8-EEAD3BEA7288}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="ac203876-d42f-4b11-8bd4-fcdf5535cb59"/>
+    <ds:schemaRef ds:uri="ccd90c7d-4733-4dd4-909c-acca35561007"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2039</Words>
-  <Characters>11626</Characters>
+  <Words>2244</Words>
+  <Characters>11178</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>447</Lines>
+  <Paragraphs>216</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13638</CharactersWithSpaces>
+  <CharactersWithSpaces>13206</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ops Manager</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100CEA611ED8AF1434EA21A884F3F57A010</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>